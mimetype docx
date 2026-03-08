--- v0 (2026-01-05)
+++ v1 (2026-03-08)
@@ -114,50 +114,57 @@
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Condition for protocol</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78C22733" w14:textId="77777777" w:rsidR="00772EAF" w:rsidRDefault="00772EAF" w:rsidP="00772EAF">
       <w:r>
         <w:t>To reduce incidence of morbidity and mortality of influenza disease.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="473158AD" w14:textId="77777777" w:rsidR="000B3E7D" w:rsidRDefault="000B3E7D" w:rsidP="000B3E7D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Policy of protocol</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="243A6C87" w14:textId="77777777" w:rsidR="00772EAF" w:rsidRDefault="00772EAF" w:rsidP="00772EAF">
       <w:r>
         <w:t>The nurse will implement this protocol for live attenuated influenza (LAIV) vaccination.</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="58875923" w14:textId="53E91B14" w:rsidR="000E3268" w:rsidRDefault="000E3268" w:rsidP="00772EAF">
+      <w:bookmarkStart w:id="0" w:name="_Hlk216418560"/>
+      <w:r w:rsidRPr="000E3268">
+        <w:t>The indications for vaccination are based on recommendations from the American Academy of Pediatrics (AAP) and the American Academy of Family Physicians (AAFP).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
     <w:p w14:paraId="3856B515" w14:textId="77777777" w:rsidR="000B3E7D" w:rsidRDefault="000B3E7D" w:rsidP="000B3E7D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Condition-specific criteria and prescribed actions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="66CD507C" w14:textId="4DAE5A13" w:rsidR="004061AA" w:rsidRPr="007D53F2" w:rsidRDefault="004061AA" w:rsidP="007D53F2">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007D53F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
         </w:rPr>
         <w:t xml:space="preserve">Delete this </w:t>
       </w:r>
       <w:r w:rsidR="0024538F" w:rsidRPr="007D53F2">
         <w:rPr>
@@ -547,50 +554,51 @@
             </w:r>
             <w:r w:rsidRPr="0036360C" w:rsidDel="00E23BBD">
               <w:t>age</w:t>
             </w:r>
             <w:r w:rsidRPr="0036360C">
               <w:t xml:space="preserve"> appropriate IIV protocol.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00772EAF" w:rsidRPr="008E470A" w14:paraId="153A5012" w14:textId="77777777" w:rsidTr="00772EAF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5128" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64F5045D" w14:textId="76F72153" w:rsidR="00772EAF" w:rsidRPr="0036360C" w:rsidRDefault="00772EAF" w:rsidP="00772EAF">
             <w:pPr>
               <w:pStyle w:val="TableText-calibri10"/>
             </w:pPr>
             <w:r w:rsidRPr="0036360C">
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Person has </w:t>
             </w:r>
             <w:r>
               <w:t>severe</w:t>
             </w:r>
             <w:r w:rsidRPr="0036360C">
               <w:t xml:space="preserve"> allergic reaction (anaphylaxis) to a component of LAIV. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5129" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="26B552E8" w14:textId="01C66172" w:rsidR="00772EAF" w:rsidRPr="0036360C" w:rsidRDefault="00772EAF" w:rsidP="00772EAF">
             <w:pPr>
               <w:pStyle w:val="TableText-calibri10"/>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="0036360C">
               <w:t>Do not vaccinate; _____________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -643,51 +651,50 @@
             </w:r>
             <w:r w:rsidRPr="002522F1" w:rsidDel="00E23BBD">
               <w:t>age</w:t>
             </w:r>
             <w:r w:rsidRPr="002522F1">
               <w:t xml:space="preserve"> appropriate IIV protocol.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00772EAF" w:rsidRPr="008E470A" w14:paraId="7A47C41E" w14:textId="77777777" w:rsidTr="00772EAF">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="301"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5128" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5E0F92EE" w14:textId="2E3BB9D9" w:rsidR="00772EAF" w:rsidRPr="0036360C" w:rsidRDefault="00772EAF" w:rsidP="00772EAF">
             <w:pPr>
               <w:pStyle w:val="TableText-calibri10"/>
             </w:pPr>
             <w:r w:rsidRPr="0036360C">
-              <w:lastRenderedPageBreak/>
               <w:t>Immunocompromised due to any cause.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5129" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1684A8AD" w14:textId="4455728E" w:rsidR="00772EAF" w:rsidRPr="002522F1" w:rsidRDefault="00772EAF" w:rsidP="00772EAF">
             <w:pPr>
               <w:pStyle w:val="TableText-calibri10"/>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="0036360C">
               <w:t xml:space="preserve">Do not give LAIV. Give </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">an </w:t>
             </w:r>
             <w:r w:rsidRPr="0036360C">
               <w:t xml:space="preserve">inactivated </w:t>
             </w:r>
             <w:r w:rsidRPr="000A4531">
               <w:t xml:space="preserve">(non-live) </w:t>
@@ -1438,50 +1445,51 @@
             </w:r>
             <w:r w:rsidRPr="000A4531">
               <w:t>product</w:t>
             </w:r>
             <w:r w:rsidRPr="0036360C">
               <w:t xml:space="preserve"> using the age appropriate IIV protocol.] </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00772EAF" w:rsidRPr="008E470A" w14:paraId="3FE7940E" w14:textId="77777777" w:rsidTr="007637A7">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5128" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6148BF0E" w14:textId="3227ACA9" w:rsidR="00772EAF" w:rsidRPr="0036360C" w:rsidRDefault="00772EAF" w:rsidP="00772EAF">
             <w:pPr>
               <w:pStyle w:val="TableText-calibri10"/>
             </w:pPr>
             <w:r w:rsidRPr="0036360C">
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Person is currently on influenza antiviral therapy. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5129" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3717A57D" w14:textId="77777777" w:rsidR="00772EAF" w:rsidRDefault="00772EAF" w:rsidP="00772EAF">
             <w:pPr>
               <w:pStyle w:val="TableText-calibri10"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Give an </w:t>
             </w:r>
             <w:r w:rsidRPr="000A4531">
               <w:t>inactiv</w:t>
             </w:r>
             <w:r>
@@ -1517,51 +1525,50 @@
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00772EAF" w:rsidRPr="0036360C">
               <w:t>defer vaccination using the following intervals based on antiviral product used:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="755D0A72" w14:textId="20EA8D1C" w:rsidR="00772EAF" w:rsidRPr="007637A7" w:rsidRDefault="00772EAF" w:rsidP="007637A7">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:spacing w:before="0" w:after="0"/>
               <w:jc w:val="both"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007637A7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Oseltamivir and Zanamidir</w:t>
             </w:r>
             <w:r w:rsidR="00965704">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="004E21F2">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00965704">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>W</w:t>
             </w:r>
             <w:r w:rsidRPr="007637A7">
               <w:rPr>
@@ -1666,51 +1673,50 @@
             </w:r>
             <w:r w:rsidR="007637A7" w:rsidRPr="007637A7">
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00772EAF" w:rsidRPr="008E470A" w14:paraId="18BDC69A" w14:textId="77777777" w:rsidTr="007637A7">
         <w:trPr>
           <w:trHeight w:val="278"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5128" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6FAFA001" w14:textId="4378B4BF" w:rsidR="00772EAF" w:rsidRPr="0036360C" w:rsidRDefault="00772EAF" w:rsidP="00772EAF">
             <w:pPr>
               <w:pStyle w:val="TableText-calibri10"/>
             </w:pPr>
             <w:r w:rsidRPr="0036360C">
-              <w:lastRenderedPageBreak/>
               <w:t>Person has a mild illness defined as temperature less than ____°F/°C with symptoms such as: [to be determined by medical prescriber]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5129" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3F9A2D04" w14:textId="6EA8F8D9" w:rsidR="00772EAF" w:rsidRDefault="00772EAF" w:rsidP="00772EAF">
             <w:pPr>
               <w:pStyle w:val="TableText-calibri10"/>
               <w:spacing w:before="120" w:after="120"/>
               <w:jc w:val="left"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:r w:rsidRPr="0036360C">
               <w:t>Proceed to vaccinate</w:t>
             </w:r>
             <w:r w:rsidR="00965704">
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00772EAF" w:rsidRPr="008E470A" w14:paraId="5DD322BD" w14:textId="77777777" w:rsidTr="007637A7">
@@ -3635,50 +3641,51 @@
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="736130156">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="1045985705">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="822742946">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1295329982">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1700160486">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="6"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="B801" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -3846,50 +3853,51 @@
     <w:rsid w:val="000C290E"/>
     <w:rsid w:val="000C2EA1"/>
     <w:rsid w:val="000C4421"/>
     <w:rsid w:val="000C5301"/>
     <w:rsid w:val="000C7331"/>
     <w:rsid w:val="000D130A"/>
     <w:rsid w:val="000D1432"/>
     <w:rsid w:val="000D1E39"/>
     <w:rsid w:val="000D506D"/>
     <w:rsid w:val="000D5A57"/>
     <w:rsid w:val="000D616D"/>
     <w:rsid w:val="000D6400"/>
     <w:rsid w:val="000D6553"/>
     <w:rsid w:val="000D694D"/>
     <w:rsid w:val="000D6F6D"/>
     <w:rsid w:val="000D6F73"/>
     <w:rsid w:val="000D7385"/>
     <w:rsid w:val="000E02EA"/>
     <w:rsid w:val="000E085A"/>
     <w:rsid w:val="000E0A52"/>
     <w:rsid w:val="000E0DF7"/>
     <w:rsid w:val="000E1E8A"/>
     <w:rsid w:val="000E2014"/>
     <w:rsid w:val="000E2233"/>
     <w:rsid w:val="000E256A"/>
+    <w:rsid w:val="000E3268"/>
     <w:rsid w:val="000E3716"/>
     <w:rsid w:val="000E3D1F"/>
     <w:rsid w:val="000E468E"/>
     <w:rsid w:val="000E542E"/>
     <w:rsid w:val="000E7E99"/>
     <w:rsid w:val="000F06EF"/>
     <w:rsid w:val="000F1830"/>
     <w:rsid w:val="000F1FDA"/>
     <w:rsid w:val="000F252A"/>
     <w:rsid w:val="000F30A3"/>
     <w:rsid w:val="000F3386"/>
     <w:rsid w:val="000F6971"/>
     <w:rsid w:val="000F7548"/>
     <w:rsid w:val="000F78F6"/>
     <w:rsid w:val="000F7F0E"/>
     <w:rsid w:val="001000AB"/>
     <w:rsid w:val="001024C4"/>
     <w:rsid w:val="001039AA"/>
     <w:rsid w:val="00104058"/>
     <w:rsid w:val="00104640"/>
     <w:rsid w:val="0010626D"/>
     <w:rsid w:val="0010633D"/>
     <w:rsid w:val="00107681"/>
     <w:rsid w:val="00107B89"/>
     <w:rsid w:val="00107EC1"/>
@@ -5289,50 +5297,51 @@
     <w:rsid w:val="0078650A"/>
     <w:rsid w:val="00786C4B"/>
     <w:rsid w:val="00786CE7"/>
     <w:rsid w:val="00787F88"/>
     <w:rsid w:val="007903B7"/>
     <w:rsid w:val="007907F9"/>
     <w:rsid w:val="00790E85"/>
     <w:rsid w:val="007916A8"/>
     <w:rsid w:val="00791704"/>
     <w:rsid w:val="00791E1D"/>
     <w:rsid w:val="00791F0C"/>
     <w:rsid w:val="007926EA"/>
     <w:rsid w:val="00794F02"/>
     <w:rsid w:val="00794FBF"/>
     <w:rsid w:val="00795657"/>
     <w:rsid w:val="00796A5B"/>
     <w:rsid w:val="00796B04"/>
     <w:rsid w:val="00796C3B"/>
     <w:rsid w:val="007A01C9"/>
     <w:rsid w:val="007A02AA"/>
     <w:rsid w:val="007A045C"/>
     <w:rsid w:val="007A04F6"/>
     <w:rsid w:val="007A10E9"/>
     <w:rsid w:val="007A12A4"/>
     <w:rsid w:val="007A1BA1"/>
+    <w:rsid w:val="007A23A8"/>
     <w:rsid w:val="007A41BF"/>
     <w:rsid w:val="007A508C"/>
     <w:rsid w:val="007A59DB"/>
     <w:rsid w:val="007A6379"/>
     <w:rsid w:val="007A765B"/>
     <w:rsid w:val="007A7B82"/>
     <w:rsid w:val="007B1A35"/>
     <w:rsid w:val="007B25C5"/>
     <w:rsid w:val="007B3222"/>
     <w:rsid w:val="007B34F4"/>
     <w:rsid w:val="007B4052"/>
     <w:rsid w:val="007B4571"/>
     <w:rsid w:val="007B5A2F"/>
     <w:rsid w:val="007B5DE6"/>
     <w:rsid w:val="007B6DE9"/>
     <w:rsid w:val="007B6E75"/>
     <w:rsid w:val="007B701A"/>
     <w:rsid w:val="007B73EF"/>
     <w:rsid w:val="007B7921"/>
     <w:rsid w:val="007B7C53"/>
     <w:rsid w:val="007C0F53"/>
     <w:rsid w:val="007C1822"/>
     <w:rsid w:val="007C1C5F"/>
     <w:rsid w:val="007C3590"/>
     <w:rsid w:val="007C3D9D"/>
@@ -5728,50 +5737,51 @@
     <w:rsid w:val="009A09A9"/>
     <w:rsid w:val="009A0B55"/>
     <w:rsid w:val="009A0F9C"/>
     <w:rsid w:val="009A13C8"/>
     <w:rsid w:val="009A184C"/>
     <w:rsid w:val="009A1F5F"/>
     <w:rsid w:val="009A3B7E"/>
     <w:rsid w:val="009A3EC9"/>
     <w:rsid w:val="009A6DD8"/>
     <w:rsid w:val="009B0771"/>
     <w:rsid w:val="009B1C81"/>
     <w:rsid w:val="009B2FB2"/>
     <w:rsid w:val="009B4590"/>
     <w:rsid w:val="009B5B34"/>
     <w:rsid w:val="009B62CC"/>
     <w:rsid w:val="009B73E1"/>
     <w:rsid w:val="009C0005"/>
     <w:rsid w:val="009C0316"/>
     <w:rsid w:val="009C07BD"/>
     <w:rsid w:val="009C16A7"/>
     <w:rsid w:val="009C194B"/>
     <w:rsid w:val="009C1A81"/>
     <w:rsid w:val="009C2489"/>
     <w:rsid w:val="009C2DD5"/>
     <w:rsid w:val="009C3752"/>
+    <w:rsid w:val="009C4332"/>
     <w:rsid w:val="009C5055"/>
     <w:rsid w:val="009C61C1"/>
     <w:rsid w:val="009C67C1"/>
     <w:rsid w:val="009C6884"/>
     <w:rsid w:val="009C7D77"/>
     <w:rsid w:val="009D0590"/>
     <w:rsid w:val="009D0DBF"/>
     <w:rsid w:val="009D0EAE"/>
     <w:rsid w:val="009D1870"/>
     <w:rsid w:val="009D1B5D"/>
     <w:rsid w:val="009D244A"/>
     <w:rsid w:val="009D32AF"/>
     <w:rsid w:val="009D3830"/>
     <w:rsid w:val="009D3A9A"/>
     <w:rsid w:val="009D3BDF"/>
     <w:rsid w:val="009D3EBD"/>
     <w:rsid w:val="009D4FF7"/>
     <w:rsid w:val="009D5382"/>
     <w:rsid w:val="009D59F7"/>
     <w:rsid w:val="009D5AE3"/>
     <w:rsid w:val="009D5C71"/>
     <w:rsid w:val="009D5F88"/>
     <w:rsid w:val="009D6150"/>
     <w:rsid w:val="009D6516"/>
     <w:rsid w:val="009D783A"/>
@@ -7749,51 +7759,50 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00E12269"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:ind w:left="432"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0070C0"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -9024,90 +9033,116 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1390153509">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="126320460">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="292056596">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="626550213">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1625843919">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1693872719">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1750075517">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\bahtal1\appdata\local\microsoft\office\MDH_Templates\Basic%20MDH%20Document.dotx" TargetMode="External"/></Relationships>
@@ -9316,50 +9351,93 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Integral" id="{3577F8C9-A904-41D8-97D2-FD898F53F20E}" vid="{682D6EBE-8D36-4FF2-9DB3-F3D8D7B6715D}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6">
+  <b:Source>
+    <b:Tag>Joh37</b:Tag>
+    <b:SourceType>Book</b:SourceType>
+    <b:Guid>{D5B2C56B-24A4-4208-9B6D-27D761A1D275}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:NameList>
+          <b:Person>
+            <b:Last>Steinbeck</b:Last>
+            <b:First>John</b:First>
+          </b:Person>
+        </b:NameList>
+      </b:Author>
+    </b:Author>
+    <b:Title>Of Mice and Men</b:Title>
+    <b:Year>1937</b:Year>
+    <b:RefOrder>1</b:RefOrder>
+  </b:Source>
+</b:Sources>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="95469566-ff15-40dd-a806-b3ff38c3d566" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="fff41837-5838-4dec-ad5d-0fd8d2f05163">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D2DDCC8B83AF824A9F5AA360F7EC6EF6" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="98e58c2b20998fbf5eab7854e0536e3e">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fff41837-5838-4dec-ad5d-0fd8d2f05163" xmlns:ns3="95469566-ff15-40dd-a806-b3ff38c3d566" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d813c288d8aa3829b1db0c20051b8987" ns2:_="" ns3:_="">
     <xsd:import namespace="fff41837-5838-4dec-ad5d-0fd8d2f05163"/>
     <xsd:import namespace="95469566-ff15-40dd-a806-b3ff38c3d566"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -9544,169 +9622,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{626E2921-4307-4585-9C52-2146A984A1D0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...19 lines deleted...]
-</b:Sources>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BD5DBE89-F6FE-41AE-8ABD-28ABBDE6506C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57BF5A84-D146-4B84-B77D-38529A5E057B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="95469566-ff15-40dd-a806-b3ff38c3d566"/>
+    <ds:schemaRef ds:uri="fff41837-5838-4dec-ad5d-0fd8d2f05163"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0D4F814D-EF71-4532-9515-31A0B158F62A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="fff41837-5838-4dec-ad5d-0fd8d2f05163"/>
     <ds:schemaRef ds:uri="95469566-ff15-40dd-a806-b3ff38c3d566"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Basic MDH Document</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>955</Words>
-  <Characters>5549</Characters>
+  <Words>978</Words>
+  <Characters>5687</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>46</Lines>
-  <Paragraphs>12</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Vaccine Protocol Template</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Minnesota</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6492</CharactersWithSpaces>
+  <CharactersWithSpaces>6652</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Vaccine Protocol Template</dc:title>
   <dc:subject>Vaccine Protocol Template</dc:subject>
   <dc:creator>Minnesota Dept. of Health</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100D2DDCC8B83AF824A9F5AA360F7EC6EF6</vt:lpwstr>