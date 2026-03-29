--- v0 (2025-10-09)
+++ v1 (2026-03-29)
@@ -165,75 +165,68 @@
         <w:t xml:space="preserve">To reduce incidence of morbidity and mortality of </w:t>
       </w:r>
       <w:r w:rsidR="00066679">
         <w:t>COVID-19</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> disease</w:t>
       </w:r>
       <w:r w:rsidR="00926635">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="473158AD" w14:textId="77777777" w:rsidR="000B3E7D" w:rsidRDefault="000B3E7D" w:rsidP="000B3E7D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Policy of protocol</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DE83793" w14:textId="06A41605" w:rsidR="00572DFB" w:rsidRPr="00572DFB" w:rsidRDefault="00572DFB" w:rsidP="00572DFB">
       <w:r w:rsidRPr="00572DFB">
         <w:t>The nurse will implement this protocol for COVID-19 vaccination using the 2025-26 Moderna Spikevax vaccine product for people 6 months through 4 years old.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30A8F2B9" w14:textId="43C4137E" w:rsidR="00572DFB" w:rsidRPr="00572DFB" w:rsidRDefault="00572DFB" w:rsidP="00572DFB">
+    <w:p w14:paraId="30A8F2B9" w14:textId="1D7D518E" w:rsidR="00572DFB" w:rsidRPr="00572DFB" w:rsidRDefault="00572DFB" w:rsidP="00572DFB">
       <w:r w:rsidRPr="00572DFB">
-        <w:t xml:space="preserve">The indications for vaccination are based on recommendations from the American Academy of Pediatrics (AAP) </w:t>
-[...8 lines deleted...]
-      </w:hyperlink>
+        <w:t>The indications for vaccination are based on recommendations from the American Academy of Pediatrics (AAP), the American College of Obstetricians</w:t>
+      </w:r>
+      <w:r w:rsidR="00822EAE">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
       <w:r w:rsidRPr="00572DFB">
-        <w:t xml:space="preserve">, the American College of Obstetricians and the American Academy of Family Physicians (AAFP) </w:t>
-[...10 lines deleted...]
-        <w:t> </w:t>
+        <w:t>the American Academy of Family Physicians (AAFP)</w:t>
+      </w:r>
+      <w:r w:rsidR="00822EAE">
+        <w:t xml:space="preserve">, and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00822EAE" w:rsidRPr="00822EAE">
+        <w:t>Infectious Diseases Society of America (IDSA)</w:t>
+      </w:r>
+      <w:r w:rsidR="00822EAE">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3856B515" w14:textId="77777777" w:rsidR="000B3E7D" w:rsidRDefault="000B3E7D" w:rsidP="000B3E7D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:t>Condition-specific criteria and prescribed actions</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F6FCA3B" w14:textId="063515CF" w:rsidR="000B3E7D" w:rsidRDefault="55714F85" w:rsidP="00BA299E">
       <w:r w:rsidRPr="55714F85">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Delete this entire paragraph before printing/signing protocol.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49823787" w14:textId="262B25E4" w:rsidR="00BA299E" w:rsidRDefault="55714F85" w:rsidP="00BA299E">
       <w:pPr>
         <w:pStyle w:val="NormalLtBlueBackground"/>
@@ -859,51 +852,51 @@
                 <w:rFonts w:cs="Calibri Light"/>
               </w:rPr>
               <w:t>) The potential for reduced immune responses.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="119BA3BB" w14:textId="66F0EF1D" w:rsidR="00CB47FB" w:rsidRPr="00E7397D" w:rsidRDefault="00DD5A1D">
             <w:pPr>
               <w:pStyle w:val="TableText-calibri10"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cs="Calibri Light"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Calibri Light"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00CB47FB" w:rsidRPr="00E7397D">
               <w:rPr>
                 <w:rFonts w:cs="Calibri Light"/>
               </w:rPr>
               <w:t xml:space="preserve">) The need to continue to follow </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidR="00CB47FB" w:rsidRPr="00E7397D">
                 <w:rPr>
                   <w:rFonts w:cs="Calibri Light"/>
                 </w:rPr>
                 <w:t>current guidance</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00CB47FB" w:rsidRPr="00E7397D">
               <w:rPr>
                 <w:rFonts w:cs="Calibri Light"/>
               </w:rPr>
               <w:t> to protect themselves.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004D45CB" w14:paraId="2558D7AF" w14:textId="77777777" w:rsidTr="007F2AC6">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5128" w:type="dxa"/>
@@ -969,51 +962,59 @@
             </w:r>
             <w:r w:rsidR="000C6439">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50CB4F75" w14:textId="0C8EFF86" w:rsidR="00542003" w:rsidRPr="00AD247A" w:rsidRDefault="00542003" w:rsidP="00241869">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:yAlign="inline"/>
               <w:suppressOverlap w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AD247A">
               <w:t>Receipt of CAR-T-cell or hematopoietic stem cell transplant (within 2 years of transplantation or taking immunosuppression therapy)</w:t>
             </w:r>
             <w:r w:rsidR="000C6439">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="22B42169" w14:textId="64ED6CE0" w:rsidR="00542003" w:rsidRPr="00AD247A" w:rsidRDefault="00542003" w:rsidP="00241869">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:yAlign="inline"/>
               <w:suppressOverlap w:val="0"/>
             </w:pPr>
             <w:r w:rsidRPr="00AD247A">
-              <w:t>Moderate or severe primary immunodeficiency (e.g., DiGeorge syndrome, Wiskott-Aldrich syndrome)</w:t>
+              <w:t xml:space="preserve">Moderate or severe primary immunodeficiency (e.g., DiGeorge syndrome, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AD247A">
+              <w:t>Wiskott</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AD247A">
+              <w:t>-Aldrich syndrome)</w:t>
             </w:r>
             <w:r w:rsidR="000C6439">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="68CF5CAC" w14:textId="0376CC3C" w:rsidR="00241869" w:rsidRPr="00AD247A" w:rsidRDefault="00542003" w:rsidP="00241869">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
               <w:framePr w:hSpace="0" w:wrap="auto" w:vAnchor="margin" w:yAlign="inline"/>
               <w:suppressOverlap w:val="0"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AD247A">
               <w:t>Advanced or untreated HIV infection</w:t>
             </w:r>
             <w:r w:rsidR="000C6439">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="223E121E" w14:textId="7F85BAC3" w:rsidR="004D45CB" w:rsidRPr="00AD247A" w:rsidRDefault="00542003" w:rsidP="00241869">
             <w:pPr>
               <w:pStyle w:val="ListBullet"/>
@@ -1643,51 +1644,67 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="5128" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5FEB66AF" w14:textId="0304A170" w:rsidR="00EF34C3" w:rsidRPr="00851DA4" w:rsidRDefault="00EF34C3" w:rsidP="00EF34C3">
             <w:pPr>
               <w:pStyle w:val="TableText-calibri10"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Child </w:t>
             </w:r>
             <w:r w:rsidRPr="00851DA4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>had a delayed local allergic reaction (e.g., erythema, induration, pruritis at the injection site).</w:t>
+              <w:t xml:space="preserve">had a delayed local allergic reaction (e.g., erythema, induration, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00851DA4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>pruritis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00851DA4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at the injection site).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5129" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64CF2C6D" w14:textId="057C0D5A" w:rsidR="00EF34C3" w:rsidRPr="00851DA4" w:rsidRDefault="00EF34C3" w:rsidP="00EF34C3">
             <w:pPr>
               <w:pStyle w:val="TableText-calibri10"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00851DA4">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Proceed to vaccinate. Give vaccine in the opposite arm from where the first dose was given.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
@@ -2357,64 +2374,64 @@
       <w:pPr>
         <w:pStyle w:val="NormalLtBlueBackground"/>
       </w:pPr>
       <w:r w:rsidRPr="008C3BED">
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C8FCE2D" w14:textId="1D7C823A" w:rsidR="00686328" w:rsidRPr="00686328" w:rsidRDefault="004B100B" w:rsidP="00686328">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:color w:val="003865" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00981583">
         <w:rPr>
           <w:color w:val="003865" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Ingredient list</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21C3A4F1" w14:textId="050B832C" w:rsidR="00686328" w:rsidRPr="00686328" w:rsidRDefault="00686328" w:rsidP="00686328">
       <w:r w:rsidRPr="00686328">
         <w:t xml:space="preserve">2025-2026 Moderna COVID-19 vaccine: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:tgtFrame="_blank" w:history="1">
+      <w:hyperlink r:id="rId12" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidRPr="00686328">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Package Insert - SPIKEVAX (www.fda.gov/media/155675/download?attachment)</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:sectPr w:rsidR="00686328" w:rsidRPr="00686328" w:rsidSect="000C6439">
-      <w:headerReference w:type="default" r:id="rId15"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
+      <w:headerReference w:type="first" r:id="rId15"/>
+      <w:footerReference w:type="first" r:id="rId16"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1008" w:bottom="720" w:left="1008" w:header="576" w:footer="288" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2163C811" w14:textId="77777777" w:rsidR="00C053AF" w:rsidRDefault="00C053AF" w:rsidP="00D36495">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4E47650C" w14:textId="77777777" w:rsidR="00C053AF" w:rsidRDefault="00C053AF" w:rsidP="00D36495">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -3211,50 +3228,51 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1052535410">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1486160888">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1715352298">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1878081770">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="119615674">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="6"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
+  <w:proofState w:spelling="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="B801" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -3287,50 +3305,51 @@
     <w:rsid w:val="0001636A"/>
     <w:rsid w:val="00016A38"/>
     <w:rsid w:val="00017050"/>
     <w:rsid w:val="000179EF"/>
     <w:rsid w:val="00017AF7"/>
     <w:rsid w:val="00017D52"/>
     <w:rsid w:val="00020442"/>
     <w:rsid w:val="00020740"/>
     <w:rsid w:val="0002112F"/>
     <w:rsid w:val="00022280"/>
     <w:rsid w:val="00022309"/>
     <w:rsid w:val="0002249D"/>
     <w:rsid w:val="00022A4C"/>
     <w:rsid w:val="00022BE0"/>
     <w:rsid w:val="0002353B"/>
     <w:rsid w:val="00024A86"/>
     <w:rsid w:val="00025C98"/>
     <w:rsid w:val="000267D5"/>
     <w:rsid w:val="00026E3D"/>
     <w:rsid w:val="000273D5"/>
     <w:rsid w:val="00027C37"/>
     <w:rsid w:val="00030196"/>
     <w:rsid w:val="0003064D"/>
     <w:rsid w:val="000319EE"/>
     <w:rsid w:val="00031F02"/>
+    <w:rsid w:val="00032AC5"/>
     <w:rsid w:val="00032B98"/>
     <w:rsid w:val="00032F92"/>
     <w:rsid w:val="00033BA3"/>
     <w:rsid w:val="00034366"/>
     <w:rsid w:val="00034EC7"/>
     <w:rsid w:val="00036461"/>
     <w:rsid w:val="000367DD"/>
     <w:rsid w:val="00036CD8"/>
     <w:rsid w:val="00036F6E"/>
     <w:rsid w:val="00037510"/>
     <w:rsid w:val="0004046D"/>
     <w:rsid w:val="00041F7C"/>
     <w:rsid w:val="00042929"/>
     <w:rsid w:val="00042A53"/>
     <w:rsid w:val="000437FC"/>
     <w:rsid w:val="00043B11"/>
     <w:rsid w:val="00044D99"/>
     <w:rsid w:val="0004507E"/>
     <w:rsid w:val="00045658"/>
     <w:rsid w:val="0004579D"/>
     <w:rsid w:val="00046381"/>
     <w:rsid w:val="000465D8"/>
     <w:rsid w:val="000469C3"/>
     <w:rsid w:val="00046E9E"/>
     <w:rsid w:val="0004725D"/>
@@ -4230,50 +4249,51 @@
     <w:rsid w:val="00395F60"/>
     <w:rsid w:val="003960B9"/>
     <w:rsid w:val="00397800"/>
     <w:rsid w:val="00397F8B"/>
     <w:rsid w:val="003A05CC"/>
     <w:rsid w:val="003A0C50"/>
     <w:rsid w:val="003A10FA"/>
     <w:rsid w:val="003A14EB"/>
     <w:rsid w:val="003A1629"/>
     <w:rsid w:val="003A231A"/>
     <w:rsid w:val="003A2ABE"/>
     <w:rsid w:val="003A3852"/>
     <w:rsid w:val="003A4215"/>
     <w:rsid w:val="003A4D1D"/>
     <w:rsid w:val="003A5562"/>
     <w:rsid w:val="003A59EB"/>
     <w:rsid w:val="003A6BE3"/>
     <w:rsid w:val="003A6C29"/>
     <w:rsid w:val="003A6FED"/>
     <w:rsid w:val="003B092A"/>
     <w:rsid w:val="003B09B2"/>
     <w:rsid w:val="003B18A1"/>
     <w:rsid w:val="003B1AD8"/>
     <w:rsid w:val="003B309B"/>
     <w:rsid w:val="003B43F4"/>
+    <w:rsid w:val="003B4935"/>
     <w:rsid w:val="003B4A33"/>
     <w:rsid w:val="003B4D93"/>
     <w:rsid w:val="003B50D0"/>
     <w:rsid w:val="003B51B0"/>
     <w:rsid w:val="003B608A"/>
     <w:rsid w:val="003B60C5"/>
     <w:rsid w:val="003B64CE"/>
     <w:rsid w:val="003B6601"/>
     <w:rsid w:val="003C025C"/>
     <w:rsid w:val="003C042C"/>
     <w:rsid w:val="003C088D"/>
     <w:rsid w:val="003C1CBE"/>
     <w:rsid w:val="003C2711"/>
     <w:rsid w:val="003C291F"/>
     <w:rsid w:val="003C6975"/>
     <w:rsid w:val="003C6AEC"/>
     <w:rsid w:val="003C6BB4"/>
     <w:rsid w:val="003C6E88"/>
     <w:rsid w:val="003C7BB6"/>
     <w:rsid w:val="003C7BE2"/>
     <w:rsid w:val="003D04A1"/>
     <w:rsid w:val="003D12B4"/>
     <w:rsid w:val="003D2940"/>
     <w:rsid w:val="003D2D4D"/>
     <w:rsid w:val="003D37A9"/>
@@ -5484,50 +5504,51 @@
     <w:rsid w:val="00811F55"/>
     <w:rsid w:val="008122ED"/>
     <w:rsid w:val="00812827"/>
     <w:rsid w:val="00812C1A"/>
     <w:rsid w:val="00813234"/>
     <w:rsid w:val="00813327"/>
     <w:rsid w:val="0081367B"/>
     <w:rsid w:val="00814069"/>
     <w:rsid w:val="008144D2"/>
     <w:rsid w:val="00814685"/>
     <w:rsid w:val="00815D49"/>
     <w:rsid w:val="00815EFA"/>
     <w:rsid w:val="00817295"/>
     <w:rsid w:val="008172CD"/>
     <w:rsid w:val="0081779A"/>
     <w:rsid w:val="00817983"/>
     <w:rsid w:val="00817B7B"/>
     <w:rsid w:val="00817F82"/>
     <w:rsid w:val="00820DC4"/>
     <w:rsid w:val="008219BB"/>
     <w:rsid w:val="00821BB7"/>
     <w:rsid w:val="00822457"/>
     <w:rsid w:val="00822575"/>
     <w:rsid w:val="00822718"/>
     <w:rsid w:val="00822803"/>
+    <w:rsid w:val="00822EAE"/>
     <w:rsid w:val="0082333C"/>
     <w:rsid w:val="0082381E"/>
     <w:rsid w:val="00823EE8"/>
     <w:rsid w:val="00824A97"/>
     <w:rsid w:val="00824D8A"/>
     <w:rsid w:val="008250D5"/>
     <w:rsid w:val="0082562F"/>
     <w:rsid w:val="00826C5E"/>
     <w:rsid w:val="00826EE5"/>
     <w:rsid w:val="00826F7B"/>
     <w:rsid w:val="0082700F"/>
     <w:rsid w:val="008309E9"/>
     <w:rsid w:val="008311F7"/>
     <w:rsid w:val="00831301"/>
     <w:rsid w:val="0083188D"/>
     <w:rsid w:val="00831D56"/>
     <w:rsid w:val="00833CD3"/>
     <w:rsid w:val="00834ACA"/>
     <w:rsid w:val="00836BB7"/>
     <w:rsid w:val="008377E6"/>
     <w:rsid w:val="00837B13"/>
     <w:rsid w:val="0084061F"/>
     <w:rsid w:val="00840853"/>
     <w:rsid w:val="00843E84"/>
     <w:rsid w:val="00844445"/>
@@ -8320,51 +8341,50 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00E12269"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:ind w:left="432"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="0070C0"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
@@ -11063,51 +11083,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1149244740">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/coronavirus/2019-ncov/index.html" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aafp.org/family-physician/patient-care/prevention-wellness/immunizations-vaccines/immunization-schedules.html?" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://downloads.aap.org/AAP/PDF/AAP-Immunization-Schedule.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/media/155675/download?attachment" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.fda.gov/media/155675/download?attachment" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cdc.gov/coronavirus/2019-ncov/index.html" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\vanbec1\appdata\local\microsoft\office\MDH_Templates\Basic%20MDH%20Document.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Integral">
   <a:themeElements>
     <a:clrScheme name="MDH">
       <a:dk1>
         <a:srgbClr val="003865"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="DDDDDA"/>
@@ -11295,59 +11315,84 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Integral" id="{3577F8C9-A904-41D8-97D2-FD898F53F20E}" vid="{682D6EBE-8D36-4FF2-9DB3-F3D8D7B6715D}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6">
+  <b:Source>
+    <b:Tag>Joh37</b:Tag>
+    <b:SourceType>Book</b:SourceType>
+    <b:Guid>{D5B2C56B-24A4-4208-9B6D-27D761A1D275}</b:Guid>
+    <b:Author>
+      <b:Author>
+        <b:NameList>
+          <b:Person>
+            <b:Last>Steinbeck</b:Last>
+            <b:First>John</b:First>
+          </b:Person>
+        </b:NameList>
+      </b:Author>
+    </b:Author>
+    <b:Title>Of Mice and Men</b:Title>
+    <b:Year>1937</b:Year>
+    <b:RefOrder>1</b:RefOrder>
+  </b:Source>
+</b:Sources>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="95469566-ff15-40dd-a806-b3ff38c3d566" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="fff41837-5838-4dec-ad5d-0fd8d2f05163">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D2DDCC8B83AF824A9F5AA360F7EC6EF6" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5535306bba79b1ad03d2841a03f34baf">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="fff41837-5838-4dec-ad5d-0fd8d2f05163" xmlns:ns3="95469566-ff15-40dd-a806-b3ff38c3d566" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d813c288d8aa3829b1db0c20051b8987" ns2:_="" ns3:_="">
     <xsd:import namespace="fff41837-5838-4dec-ad5d-0fd8d2f05163"/>
     <xsd:import namespace="95469566-ff15-40dd-a806-b3ff38c3d566"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -11532,172 +11577,147 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6">
-[...18 lines deleted...]
-</b:Sources>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{626E2921-4307-4585-9C52-2146A984A1D0}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{843A9DEE-9C8E-4507-AC8B-92F354D248FF}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57BF5A84-D146-4B84-B77D-38529A5E057B}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="fff41837-5838-4dec-ad5d-0fd8d2f05163"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="95469566-ff15-40dd-a806-b3ff38c3d566"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{83701182-C33D-47A7-8008-42A00CDE4AFA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="fff41837-5838-4dec-ad5d-0fd8d2f05163"/>
     <ds:schemaRef ds:uri="95469566-ff15-40dd-a806-b3ff38c3d566"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{57BF5A84-D146-4B84-B77D-38529A5E057B}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{626E2921-4307-4585-9C52-2146A984A1D0}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-[...16 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{eb14b046-24c4-4519-8f26-b89c2159828c}" enabled="0" method="" siteId="{eb14b046-24c4-4519-8f26-b89c2159828c}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Basic MDH Document</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1352</Words>
-  <Characters>8312</Characters>
+  <Words>1354</Words>
+  <Characters>7885</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>65</Lines>
+  <Paragraphs>18</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Moderna (2024-2025) COVID-19 Vaccine for Age 6 Months to 11 Years</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>State of Minnesota</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9645</CharactersWithSpaces>
+  <CharactersWithSpaces>9221</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>4390985</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.fda.gov/media/167208/download</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>655378</vt:i4>
       </vt:variant>
       <vt:variant>